--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -2,162 +2,306 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6E8388DD" w14:textId="29056178" w:rsidR="00EB5D00" w:rsidRPr="00862339" w:rsidRDefault="00EB5D00" w:rsidP="00000B6C">
+    <w:p w14:paraId="6E8388DD" w14:textId="28E96405" w:rsidR="00EB5D00" w:rsidRDefault="00EB5D00" w:rsidP="00000B6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB5D00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Título do </w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">manuscrito (fonte Times New Roman, tamanho 12, em negrito, apenas a primeira letra da palavra inicial e </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">manuscrito </w:t>
+      </w:r>
+      <w:r w:rsidR="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">em Português </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(fonte Times New Roman, tamanho 12, em negrito, apenas a primeira letra da palavra inicial e </w:t>
+      </w:r>
+      <w:r w:rsidR="00642F8D" w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iniciais</w:t>
       </w:r>
-      <w:r w:rsidRPr="00862339">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
-      <w:r w:rsidR="00000B6C" w:rsidRPr="00862339">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00000B6C" w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>substantivos próprios em caixa alta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00862339">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00DEB8F9" w14:textId="7B6AEA8A" w:rsidR="00000B6C" w:rsidRPr="00862339" w:rsidRDefault="00000B6C" w:rsidP="00000B6C">
+    <w:p w14:paraId="66EB09A3" w14:textId="77777777" w:rsidR="00A17EB0" w:rsidRDefault="00A17EB0" w:rsidP="00000B6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FB4B847" w14:textId="2EEA837C" w:rsidR="00000B6C" w:rsidRPr="00862339" w:rsidRDefault="00000B6C" w:rsidP="00000B6C">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="1123C3C5" w14:textId="1B83076A" w:rsidR="00A17EB0" w:rsidRPr="00862339" w:rsidRDefault="00A17EB0" w:rsidP="00000B6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5D00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">manuscrito </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">em </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inglês </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(fonte Times New Roman, tamanho 12, em negrito, apenas a primeira letra da palavra inicial e iniciais de substantivos próprios em caixa alta)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00DEB8F9" w14:textId="7B6AEA8A" w:rsidR="00000B6C" w:rsidRDefault="00000B6C" w:rsidP="00000B6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02D176FF" w14:textId="52A9031F" w:rsidR="00A17EB0" w:rsidRPr="00A17EB0" w:rsidRDefault="00A17EB0" w:rsidP="00A17EB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OBS.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Não identificar os autores nesse documento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E05878C" w14:textId="77777777" w:rsidR="00A17EB0" w:rsidRPr="00862339" w:rsidRDefault="00A17EB0" w:rsidP="00000B6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FB4B847" w14:textId="63099A91" w:rsidR="00000B6C" w:rsidRPr="00862339" w:rsidRDefault="00000B6C" w:rsidP="00A17EB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RESUMO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44511429" w14:textId="708F4FA4" w:rsidR="00000B6C" w:rsidRPr="00862339" w:rsidRDefault="00000B6C" w:rsidP="00000B6C">
+    <w:p w14:paraId="44511429" w14:textId="36C5FE35" w:rsidR="00000B6C" w:rsidRPr="00862339" w:rsidRDefault="00000B6C" w:rsidP="00000B6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estruturado em: Objetivo, Métodos, Resultados, Conclusão</w:t>
       </w:r>
       <w:r w:rsidR="00896E87" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apenas e</w:t>
       </w:r>
@@ -169,166 +313,110 @@
         </w:rPr>
         <w:t>sses títulos de seção devem estar em negrito</w:t>
       </w:r>
       <w:r w:rsidR="00896E87" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. O resumo deve conter, </w:t>
       </w:r>
       <w:r w:rsidR="00862339" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>de 100 a</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 2</w:t>
+        <w:t>de 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00862339" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>0 a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00862339" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>0 palavras.</w:t>
-[...90 lines deleted...]
-    <w:p w14:paraId="3CFC10CA" w14:textId="1B90EBC1" w:rsidR="00896E87" w:rsidRPr="00896E87" w:rsidRDefault="00896E87" w:rsidP="00000B6C">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> palavras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFC10CA" w14:textId="0434CF52" w:rsidR="00896E87" w:rsidRDefault="00896E87" w:rsidP="00000B6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Descritores: </w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -347,214 +435,235 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, extraídos dos Descritores em Ciências e Saúde (DECS), disponível no endereço: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00862339">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://decs.bvs.br/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. As iniciais dos descritores devem estar em caixa alta. Os descritores devem ser </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A17EB0" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>separados</w:t>
+      </w:r>
       <w:r w:rsidR="00862339" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>separadas</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> entre si por ponto e vírgula e finalizadas por ponto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="00041AEB" w14:textId="77777777" w:rsidR="00A17EB0" w:rsidRDefault="00A17EB0" w:rsidP="00000B6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="085FDDA5" w14:textId="7448081D" w:rsidR="00A17EB0" w:rsidRPr="00A17EB0" w:rsidRDefault="00A17EB0" w:rsidP="00A17EB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ABSTRACT</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="5ADD3F2F" w14:textId="099DC100" w:rsidR="00862339" w:rsidRPr="00896E87" w:rsidRDefault="00896E87" w:rsidP="00862339">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00896E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Descriptors</w:t>
-[...10 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Descriptors:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Apresentar de três a cinco descritores</w:t>
       </w:r>
       <w:r w:rsidR="00936318" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> em inglês</w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, extraídos </w:t>
       </w:r>
       <w:r w:rsidR="00936318" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">do </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Keywords, disponível no endereço: </w:t>
+        <w:t xml:space="preserve">do MeSH Keywords, disponível no endereço: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00936318" w:rsidRPr="00862339">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.ncbi.nlm.nih.gov/mesh/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00936318" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As iniciais dos descritores devem estar em caixa alta. Os descritores devem ser </w:t>
       </w:r>
       <w:r w:rsidR="00862339" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>separados entre si por ponto e vírgula e finalizadas por ponto.</w:t>
       </w:r>
       <w:r w:rsidR="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0971C4A5" w14:textId="7155667D" w:rsidR="00FD2FBC" w:rsidRDefault="00FD2FBC" w:rsidP="00000B6C">
+    <w:p w14:paraId="0971C4A5" w14:textId="51C5136B" w:rsidR="00A17EB0" w:rsidRDefault="00A17EB0" w:rsidP="00000B6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1086C990" w14:textId="77777777" w:rsidR="00FD2FBC" w:rsidRDefault="00FD2FBC" w:rsidP="00000B6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27DF2F15" w14:textId="3E927398" w:rsidR="00FD2FBC" w:rsidRDefault="00FD2FBC" w:rsidP="00000B6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD2FBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -621,496 +730,450 @@
       </w:r>
       <w:r w:rsidR="006444ED" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, em todo o texto,</w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> deve ser utilizado sistema numérico na identificação dos autores mencionados, de acordo com a ordem em que forem citados no texto, sem menção do nome dos autores. Os números que identificam os autores devem ser indicados sobrescritos e entre parênteses e após o ponto final. Ex</w:t>
       </w:r>
       <w:r w:rsidR="00415106" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>emplo</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:.</w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">(1) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E746E43" w14:textId="77777777" w:rsidR="00415106" w:rsidRPr="00862339" w:rsidRDefault="00FD2FBC" w:rsidP="00FD2FBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Se forem sequenciais, deverão ser indicados o primeiro e o último, separados por hífen</w:t>
+      </w:r>
+      <w:r w:rsidR="00415106" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ex</w:t>
+      </w:r>
+      <w:r w:rsidR="00415106" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>emplo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00415106" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E746E43" w14:textId="77777777" w:rsidR="00415106" w:rsidRPr="00862339" w:rsidRDefault="00FD2FBC" w:rsidP="00FD2FBC">
+        <w:t>(1-4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE37D62" w14:textId="581615EE" w:rsidR="00FD2FBC" w:rsidRPr="00862339" w:rsidRDefault="00415106" w:rsidP="00FD2FBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Se forem sequenciais, deverão ser indicados o primeiro e o último, separados por hífen</w:t>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2FBC" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uando intercalados, os números deverão ser separados por vírgula</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2FBC" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ex</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>emplo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2FBC" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2FBC" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(1-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2FBC" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2FBC" w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CDEFD7B" w14:textId="11CA94C0" w:rsidR="00FD2FBC" w:rsidRPr="00862339" w:rsidRDefault="00FD2FBC" w:rsidP="00FD2FBC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>As citações diretas devem ser apresentadas no corpo do texto entre aspas, indicando o número da referência e a página da citação, independentemente do número de linhas</w:t>
       </w:r>
       <w:r w:rsidR="00415106" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ex</w:t>
       </w:r>
       <w:r w:rsidR="00415106" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>emplo</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00415106" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="0EE37D62" w14:textId="581615EE" w:rsidR="00FD2FBC" w:rsidRPr="00862339" w:rsidRDefault="00415106" w:rsidP="00FD2FBC">
+        <w:t>(1:30-31)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B93715" w14:textId="1F79CB0C" w:rsidR="00415106" w:rsidRDefault="00415106" w:rsidP="00FD2FBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Q</w:t>
-[...123 lines deleted...]
-        <w:t>As citações diretas devem ser apresentadas no corpo do texto entre aspas, indicando o número da referência e a página da citação, independentemente do número de linhas</w:t>
+        <w:t>Finalizar a introdução com o objetivo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771C2355" w14:textId="0D846613" w:rsidR="00415106" w:rsidRDefault="00415106" w:rsidP="00415106">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B4C937C" w14:textId="515CF1CF" w:rsidR="00415106" w:rsidRPr="00415106" w:rsidRDefault="00415106" w:rsidP="00415106">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415106">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Métodos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B572B4" w14:textId="4CFE61CB" w:rsidR="00415106" w:rsidRDefault="00415106" w:rsidP="00415106">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B7B416A" w14:textId="0D88F9FE" w:rsidR="00862339" w:rsidRDefault="00862339" w:rsidP="00862339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No Método apresentar descrição completa dos procedimentos metodológicos que permitiram viabilizar o alcance do objetivo. Devem ser apresentados: tipo de pesquisa, dados sobre o local onde foi realizada a pesquisa, população/amostra estudada, critérios de inclusão e/ou exclusão, instrumento de coleta de dados (com informações sobre validade e precisão), variáveis selecionadas, técnicas para coleta e análise de dados, incluindo os de natureza estatística e procedimentos éticos seguidos, devem informar o número do Parecer de aprovação ou autorização de órgão equivalente no país de origem da pesquisa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55FA9311" w14:textId="610164E8" w:rsidR="00415106" w:rsidRPr="006A2DC2" w:rsidRDefault="00862339" w:rsidP="00862339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Caso necessário, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00862339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apresentar</w:t>
       </w:r>
       <w:r w:rsidR="00415106" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...172 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> descrição completa dos procedimentos metodológicos que permitiram viabilizar o alcance do objetivo. As subdivisões devem obedecer ao </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00415106" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>guideline</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00415106" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de cada método, conforme descrito na </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00415106" w:rsidRPr="00862339">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.equator-network.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00415106" w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1156,50 +1219,51 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20583772" w14:textId="6D5AAE1D" w:rsidR="00F35C0F" w:rsidRPr="00862339" w:rsidRDefault="00F35C0F" w:rsidP="00415106">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Devem ser limitados a descrever os achados encontrados, sem interpretações, comparações ou comentários pessoais. Para facilitar a compreensão, pode ser acompanhado por ilustrações.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4192FF2C" w14:textId="77777777" w:rsidR="00C6416E" w:rsidRPr="00862339" w:rsidRDefault="00F35C0F" w:rsidP="00F35C0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1242,302 +1306,302 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A cada ilustração deve ser atribuído título, contendo local, sigla do estado, país e ano da coleta de dados. Deve-se usar letra minúscula, espaço simples e sem grifo. As ilustrações, quando não elaboradas pelos autores, devem indicar fonte de onde foram extraídas. As tabelas devem ser elaboradas com a ferramenta de tabelas do Microsoft Word, abertas lateralmente e não devem conter linhas internas, com espaçamento simples entre as linhas. Não devem conter células vazias e cada coluna deve ser identificada. As linhas internas deverão ser inseridas somente abaixo e acima do cabeçalho e na última linha.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71390C30" w14:textId="3ED794EF" w:rsidR="00F35C0F" w:rsidRPr="00C26D74" w:rsidRDefault="00F35C0F" w:rsidP="00F35C0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">As Tabelas, Quadros, Gráficos e Figuras, devem estar inseridas no corpo do texto do manuscrito, sempre em formato original. Os títulos das Tabelas, Quadros, Gráficos, Figuras, </w:t>
+        <w:t>As Tabelas, Quadros, Gráficos e Figuras, devem estar inseridas no corpo do texto do manuscrito, sempre em formato original. Os títulos das Tabelas, Quadros, Gráficos, Figuras, deve estar em negrito, finalizar com a cidade, sigla do Estado, país e ano. Segue exemplo</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB29A4" w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de título</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>, abaixo.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F241B9" w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40FC4F33" w14:textId="77777777" w:rsidR="00F35C0F" w:rsidRPr="00437BDD" w:rsidRDefault="00F35C0F" w:rsidP="00F35C0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AD8A8D9" w14:textId="662E56FF" w:rsidR="00F35C0F" w:rsidRPr="00C26D74" w:rsidRDefault="00F35C0F" w:rsidP="00F35C0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Quadro 1 – Exemplo de título de ilustração conforme normas d</w:t>
+      </w:r>
+      <w:r w:rsidR="00500331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o JCS HU-UF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PI. Teresina, PI, Brasil, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00500331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E86F0B" w14:textId="77777777" w:rsidR="00F241B9" w:rsidRDefault="00F241B9" w:rsidP="00F241B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1026516E" w14:textId="668FE8F2" w:rsidR="00F35C0F" w:rsidRPr="00C26D74" w:rsidRDefault="00F241B9" w:rsidP="00F241B9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Abaixo das Tabelas, Quadros, Gráficos e Figuras é necessário inserir a fonte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063E8C36" w14:textId="6B619A2F" w:rsidR="00F35C0F" w:rsidRDefault="00F35C0F" w:rsidP="00437BDD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>depoimentos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devem ser citados sem itálico, fonte 11, espaçamento simples, sem aspas, com recuo de 2cm, destacado do parágrafo do texto. Sua identificação deve ser codificada a critério do autor e entre parênteses no final de cada um. Supressões devem ser indicadas pelo uso de reticências entre colchetes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75EE9315" w14:textId="5C8D75C0" w:rsidR="00F35C0F" w:rsidRDefault="00F35C0F" w:rsidP="00F35C0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39EB40F5" w14:textId="6FEA5455" w:rsidR="00F35C0F" w:rsidRPr="00DA324A" w:rsidRDefault="00DA324A" w:rsidP="00F35C0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA324A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Discussão</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F407809" w14:textId="0BB245BB" w:rsidR="00F35C0F" w:rsidRDefault="00F35C0F" w:rsidP="00F35C0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00F252DD" w14:textId="77777777" w:rsidR="00437BDD" w:rsidRPr="00C26D74" w:rsidRDefault="006455F2" w:rsidP="00F35C0F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Separada dos resultados, deve se restringir aos dados obtidos (sem repetição dos resultados), destacando sua relação com a literatura nacional e internacional, enfatizar novos e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>deve estar em negrito, finalizar com a cidade, sigla do Estado, país e ano. Segue exemplo</w:t>
-[...241 lines deleted...]
-        <w:t xml:space="preserve">Separada dos resultados, deve se restringir aos dados obtidos (sem repetição dos resultados), destacando sua relação com a literatura nacional e internacional, enfatizar novos e importantes aspectos observados e discutir concordâncias e divergências com outras pesquisas já publicadas. </w:t>
+        <w:t xml:space="preserve">importantes aspectos observados e discutir concordâncias e divergências com outras pesquisas já publicadas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5129CC5B" w14:textId="30E5F4EF" w:rsidR="00DA324A" w:rsidRDefault="006455F2" w:rsidP="00437BDD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ao final apresentar limitações e contribuições do estudo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="463AE1D4" w14:textId="5BF66F42" w:rsidR="00B73475" w:rsidRDefault="00B73475" w:rsidP="00F35C0F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -1689,186 +1753,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E884C4" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00C26D74" w:rsidRDefault="00B73475" w:rsidP="00B73475">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">As referências estão de acordo com as Recomendações do ICMJE quanto aos títulos dos periódicos que devem ser abreviados de acordo com NLM </w:t>
-[...134 lines deleted...]
-        <w:t xml:space="preserve"> Medicine (Catálogo dos principais Periódicos na área da saúde internacional), disponível em: </w:t>
+        <w:t xml:space="preserve">As referências estão de acordo com as Recomendações do ICMJE quanto aos títulos dos periódicos que devem ser abreviados de acordo com NLM Catalog: Journals referenced in the NCBI Databases - U.S. National Library of Medicine (Catálogo dos principais Periódicos na área da saúde internacional), disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00C26D74">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.ncbi.nlm.nih.gov/nlmcatalog/journals</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou de acordo com Portal de Revistas Científicas em Ciências da Saúde – BVS (Catálogo dos Periódicos nacionais e da América Latina e Caribe), disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00C26D74">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1952,882 +1881,589 @@
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- Pelo menos, 30% das referências sejam de artigos de periódicos indexados em bases de dados internacionais.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9AAA9C" w14:textId="3605B924" w:rsidR="00B73475" w:rsidRPr="00C26D74" w:rsidRDefault="00B73475" w:rsidP="00B73475">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Evitar citações de literatura cinzenta (documentos oficiais, teses, dissertações, livros, manuais, legislação, normas, revistas não </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>- Evitar citações de literatura cinzenta (documentos oficiais, teses, dissertações, livros, manuais, legislação, normas, revistas não científicas, etc.), exceto quando imprescindíveis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D526E43" w14:textId="7595C297" w:rsidR="00B73475" w:rsidRPr="00C26D74" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>científicas, etc.</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26D74" w:rsidRPr="00C26D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O JCS HU-UFPI </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>), exceto quando imprescindíveis.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D526E43" w14:textId="7595C297" w:rsidR="00B73475" w:rsidRPr="00C26D74" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+        <w:t>incentiva citação dos manuscritos com uso do DOI. Para artigos ou textos publicados na Internet que não contenham o DOI, deve-se indicar endereço do URL completo e a data de acesso em que foi consultado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5D002C" w14:textId="45E723FE" w:rsidR="00B73475" w:rsidRPr="00C26D74" w:rsidRDefault="00B73475" w:rsidP="00B73475">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>- Serão aceitas até 3 referências de preprint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20DC46F7" w14:textId="2F1F2CE6" w:rsidR="00B73475" w:rsidRPr="00C26D74" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>incentiva citação dos manuscritos com uso do DOI. Para artigos ou textos publicados na Internet que não contenham o DOI, deve-se indicar endereço do URL completo e a data de acesso em que foi consultado.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>- Os apêndices e anexos devem ser evitados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9B474D" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00437BDD" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="090B1916" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00500331" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exemplos mais comuns de referências:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D2B354" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00500331" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4297E9E5" w14:textId="31E6E457" w:rsidR="00B73475" w:rsidRPr="00A17EB0" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Artigos com o identificador DOI:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42173D80" w14:textId="57464D6E" w:rsidR="00B73475" w:rsidRPr="00500331" w:rsidRDefault="00B73475" w:rsidP="00A17EB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Silva MDF, Gouveia MTO, Fernandes MA, Costa RS. Estratégias de enfrentamento do estresse utilizados por enfermeiros em maternidade. Rev Enferm UFPI. [Internet]. 2020;9(1):178-82. doi: https://doi.org/10.26694/reufpi.v9i0.9153</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109F40B4" w14:textId="77777777" w:rsidR="00B73475" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63531A43" w14:textId="77777777" w:rsidR="00A17EB0" w:rsidRDefault="00A17EB0" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17CD106F" w14:textId="77777777" w:rsidR="00A17EB0" w:rsidRPr="00500331" w:rsidRDefault="00A17EB0" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4881EDC4" w14:textId="0B364934" w:rsidR="00B73475" w:rsidRPr="00A17EB0" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Artigos Eletrônicos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA663DD" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00500331" w:rsidRDefault="00B73475" w:rsidP="00A17EB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Silva Júnior FJG, Santos LCS, Moura PVS, Melo BMS, Monteiro CFS. Processo de morte e morrer: evidências da literatura científica de enfermagem. Rev bras enferm. [Internet]. 2011;64(6):1122-6. Disponível em: http://www.scielo.br/scielo.php?script=sci_arttext&amp;pid=S0034-71672011000600020&amp;lng=pt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C520E5F" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00500331" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42FE1A5E" w14:textId="3CA2FF66" w:rsidR="00B73475" w:rsidRPr="00A17EB0" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Preprint:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D468BC8" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00500331" w:rsidRDefault="00B73475" w:rsidP="00A17EB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00500331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Santos-López M, Jaque-Ulloa D, Serrano-Aliste S. Métodos de Desinfección y Reutilización de Mascarillas con Filtro Respirador Durante la Pandemia de SARS-CoV-2. Int J Odontostomat. 2020;14(3):310-5. doi: http://dx.doi.org/10.4067/S0718-381X2020000300310 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666D38B1" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00437BDD" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A8A62C8" w14:textId="534EC7C2" w:rsidR="00B73475" w:rsidRPr="00A17EB0" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instituição como autor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FC57F8" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00C26D74" w:rsidRDefault="00B73475" w:rsidP="00A17EB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Serão aceitas até 3 referências de </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Ministério da Saúde (BR). Secretaria de Vigilância em Saúde. Departamento de Vigilância Epidemiológica. Guia Vigilância Epidemiológica. 7a ed. Brasília: Ministério da Saúde; 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C7793F" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00437BDD" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E1E1764" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00C26D74" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F83298B" w14:textId="0248CE46" w:rsidR="00B73475" w:rsidRPr="00A17EB0" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Livros:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064983D2" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00C26D74" w:rsidRDefault="00B73475" w:rsidP="00A17EB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>preprint</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Nunes BMVT, Santos AMR, organizadores. História da Associação Brasileira de Enfermagem seção Piauí: 50 anos de responsabilidade ético-social. Teresina (PI): ABEn; 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D52BA4C" w14:textId="77777777" w:rsidR="00B73475" w:rsidRPr="00C26D74" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC16F1F" w14:textId="3A1C57FB" w:rsidR="00B73475" w:rsidRPr="00A17EB0" w:rsidRDefault="00B73475" w:rsidP="00B73475">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Capítulo de livro:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA1C955" w14:textId="52D1BC31" w:rsidR="00B73475" w:rsidRPr="00415106" w:rsidRDefault="00B73475" w:rsidP="00A17EB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C26D74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...289 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Preprint</w:t>
-[...366 lines deleted...]
-        </w:rPr>
         <w:t>Moreira ICCC, Monteiro CFS, Magalhães RLB, Oliveira ADS, Melo BMS. O enfermeiro diante de situações de violência contra a mulher. In: Leite MMJ, coordenação-geral; Martini JG, Felli VEA, organizadores. Programa de Atualização em Enfermagem: saúde do adulto (PROENF). Associação Brasileira de Enfermagem - Porto Alegre (RS): Artmed/Panamericana; 2010. p. 87-105.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B73475" w:rsidRPr="00415106" w:rsidSect="00642F8D">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2128" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="052A2C77" w14:textId="77777777" w:rsidR="00383A79" w:rsidRDefault="00383A79" w:rsidP="00EB5D00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="02F0BAF4" w14:textId="77777777" w:rsidR="00383A79" w:rsidRDefault="00383A79" w:rsidP="00EB5D00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="762B3E87" w14:textId="2E0721C4" w:rsidR="00642F8D" w:rsidRDefault="00642F8D">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61245B00" wp14:editId="4BEF95BA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>547370</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-69850</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4552950" cy="333375"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:wrapNone/>
           <wp:docPr id="1680449261" name="Imagem 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2854,76 +2490,76 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4552950" cy="333375"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="007C31F6" w14:textId="77777777" w:rsidR="00383A79" w:rsidRDefault="00383A79" w:rsidP="00EB5D00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="766F2DF6" w14:textId="77777777" w:rsidR="00383A79" w:rsidRDefault="00383A79" w:rsidP="00EB5D00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B3FD6F0" w14:textId="22ED8569" w:rsidR="00642F8D" w:rsidRDefault="00642F8D">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="60935565" wp14:editId="7873ECD0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>4947920</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:posOffset>152400</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1333500" cy="247650"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -3314,152 +2950,153 @@
                         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Times New Roman"/>
                         <w:b/>
                         <w:bCs/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="006666"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>UFPI</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB5D00"/>
     <w:rsid w:val="00000B6C"/>
     <w:rsid w:val="001778D3"/>
     <w:rsid w:val="00276ADF"/>
     <w:rsid w:val="003333EF"/>
     <w:rsid w:val="003636A6"/>
     <w:rsid w:val="00383A79"/>
     <w:rsid w:val="00415106"/>
     <w:rsid w:val="00437BDD"/>
     <w:rsid w:val="004C528B"/>
     <w:rsid w:val="00500331"/>
     <w:rsid w:val="005F770D"/>
     <w:rsid w:val="00642F8D"/>
     <w:rsid w:val="006444ED"/>
     <w:rsid w:val="006455F2"/>
     <w:rsid w:val="00677716"/>
     <w:rsid w:val="006A2DC2"/>
     <w:rsid w:val="0071077F"/>
     <w:rsid w:val="00731D9A"/>
     <w:rsid w:val="00754E34"/>
     <w:rsid w:val="007631E9"/>
     <w:rsid w:val="007C5438"/>
     <w:rsid w:val="007F322E"/>
     <w:rsid w:val="00862339"/>
     <w:rsid w:val="00896E87"/>
     <w:rsid w:val="00936318"/>
     <w:rsid w:val="00942411"/>
+    <w:rsid w:val="00A17EB0"/>
     <w:rsid w:val="00AA0F21"/>
     <w:rsid w:val="00B029B7"/>
     <w:rsid w:val="00B1124C"/>
     <w:rsid w:val="00B44371"/>
     <w:rsid w:val="00B6529C"/>
     <w:rsid w:val="00B73475"/>
     <w:rsid w:val="00BA1253"/>
     <w:rsid w:val="00BB29A4"/>
     <w:rsid w:val="00BB5322"/>
     <w:rsid w:val="00BC78A0"/>
     <w:rsid w:val="00C26D74"/>
     <w:rsid w:val="00C6416E"/>
     <w:rsid w:val="00DA324A"/>
     <w:rsid w:val="00EB5D00"/>
     <w:rsid w:val="00F241B9"/>
     <w:rsid w:val="00F35C0F"/>
+    <w:rsid w:val="00FA0AD6"/>
     <w:rsid w:val="00FD2FBC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1A371083"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{57F84AA9-3114-43C5-BBFD-55579F1E7898}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3816,51 +3453,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
@@ -3930,51 +3566,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F35C0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equator-network.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/mesh/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://decs.bvs.br/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.revistas.bvs.br/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nlmcatalog/journals" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nlm.nih.gov/bsd/uniform_requirements.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -4247,70 +3883,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7444</Characters>
+  <Pages>6</Pages>
+  <Words>1264</Words>
+  <Characters>7766</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>161</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8805</CharactersWithSpaces>
+  <CharactersWithSpaces>8966</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ana Paula</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>